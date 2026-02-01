--- v0 (2025-11-03)
+++ v1 (2026-02-01)
@@ -1375,54 +1375,64 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">                                                                                                                                                                                                                         ____________ Д.Н.Адаменко</w:t>
-      </w:r>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                         ____________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Д.Н.Адаменко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="26C62618" w14:textId="77777777" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00A95429" w:rsidP="00A95429">
+    <w:p w14:paraId="26C62618" w14:textId="11F7A632" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00A95429" w:rsidP="00A95429">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>учреждения образования</w:t>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
@@ -1850,96 +1860,115 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00666B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>«2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C82FF9">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00666B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61067">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F86185">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:r w:rsidR="00C82FF9">
+      <w:r w:rsidR="00C61067">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ок</w:t>
+        <w:t>но</w:t>
       </w:r>
       <w:r w:rsidR="00F86185">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">тября </w:t>
+        <w:t xml:space="preserve">ября </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2025 г.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -2141,86 +2170,86 @@
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>РАСПИСАНИЕ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D4C7FA3" w14:textId="77777777" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00A95429" w:rsidP="00A95429">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Лабораторно - экзаменационной сессии заочной формы получения образования  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AC98BEC" w14:textId="77777777" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00F86185" w:rsidP="00A95429">
+          <w:p w14:paraId="2AC98BEC" w14:textId="7FEA806C" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00F86185" w:rsidP="00A95429">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">на </w:t>
             </w:r>
-            <w:r w:rsidR="00C82FF9">
-[...6 lines deleted...]
-              <w:t>но</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дека</w:t>
             </w:r>
             <w:r w:rsidR="00666B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ябрь</w:t>
+              <w:t>брь</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2025/2026 </w:t>
             </w:r>
             <w:r w:rsidR="00A95429" w:rsidRPr="00A95429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>учебного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C0CFE51" w14:textId="77777777" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00A95429" w:rsidP="00A95429">
       <w:pPr>
@@ -2306,86 +2335,95 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5DC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6878191D" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="6878191D" w14:textId="181A4304" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="00D3616D" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00087B3D">
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DC8" w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="005B5DC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6268650B" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59F94C55" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4BF243F3" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -2419,107 +2457,127 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="48FB5A32" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DC007D4" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="6DC007D4" w14:textId="5957262E" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="00D3616D" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00087B3D">
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DC8" w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="005B5DC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AF93DC8" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46C425E8" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6DEEFFAF" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -2553,108 +2611,128 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="4B2919BD" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы,   ауд.</w:t>
+              <w:t xml:space="preserve">Часы,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="02CD3571" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="02CD3571" w14:textId="1DAB5F7B" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1587D1FF" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="168FE1FB" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28DD2976" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -2689,108 +2767,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="6C9C8100" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="4B0DC320" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="4B0DC320" w14:textId="7275D694" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A0392A4" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="261D8CA0" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="56A890F1" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -2825,109 +2923,129 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="3099D213" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="181CEF7B" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="181CEF7B" w14:textId="3A0246FA" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="291C0D96" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34420D68" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="005B5DC8" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6509276B" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00073F4B" w:rsidRDefault="005B5DC8" w:rsidP="00073F4B">
@@ -2952,108 +3070,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="2B3A2F81" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="723D3676" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="723D3676" w14:textId="5219511A" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="315F3B76" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D78FB9B" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="155925B4" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3077,108 +3215,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="18082D4E" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы , ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0CBEC4AF" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="0CBEC4AF" w14:textId="68B910E0" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D8C1BA9" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="530DCAB5" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="532650F4" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3213,108 +3371,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="13EAF2BF" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="376F48DA" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="376F48DA" w14:textId="6C8EC03E" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>18</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="434AA744" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21FFADE7" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68BF345B" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3349,108 +3527,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1B296AA3" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы,   ауд.</w:t>
+              <w:t xml:space="preserve">Часы,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1EECA28B" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="1EECA28B" w14:textId="40DD75AB" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7724723A" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C3F2311" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D3110BA" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3485,108 +3683,119 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="28B072F3" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="14368B6D" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="14368B6D" w14:textId="37AC7004" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="00D3616D" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00087B3D">
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DC8" w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B8FA274" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2057E50E" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66FB044E" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3621,108 +3830,119 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="414A2D19" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="55B0E1A9" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="55B0E1A9" w14:textId="3910BB26" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="00D3616D" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00087B3D">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DC8" w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DCDF877" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61C1F8E5" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69765935" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3757,108 +3977,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1F8E85CB" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы ,  ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="39AF86DA" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
+          <w:p w14:paraId="39AF86DA" w14:textId="53B6101A" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DD52553" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1505A99C" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="005B5DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="154891F4" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00FF6F0A">
             <w:pPr>
@@ -3882,5529 +4122,5010 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1C13EDAC" w14:textId="77777777" w:rsidR="005B5DC8" w:rsidRPr="00087B3D" w:rsidRDefault="005B5DC8" w:rsidP="00073F4B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Часы , ауд.</w:t>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5DC8" w:rsidRPr="00A95429" w14:paraId="6FEBC153" w14:textId="77777777" w:rsidTr="004A07EF">
+      <w:tr w:rsidR="00D3616D" w:rsidRPr="00A95429" w14:paraId="6FEBC153" w14:textId="77777777" w:rsidTr="00C61067">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453AFC75" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00A95429" w:rsidRDefault="00C82FF9" w:rsidP="004A07EF">
+          <w:p w14:paraId="453AFC75" w14:textId="401DFD3F" w:rsidR="00D3616D" w:rsidRPr="00A95429" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
             <w:r w:rsidRPr="004A07EF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="44"/>
               </w:rPr>
-              <w:t>Т-3</w:t>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02F3F7DD" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="02F3F7DD" w14:textId="2FF7DCEF" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64788737" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EE83015" w14:textId="00B30273" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C898413" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="329C9CDA" w14:textId="1A8AE7E0" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3A29C4" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B61247C" w14:textId="158C116C" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C1928B" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="151FD51C" w14:textId="6E34F5F8" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="329C9CDA" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...138 lines deleted...]
-          <w:p w14:paraId="013F5B42" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="013F5B42" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="769C9C69" w14:textId="396336F3" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="71295324" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="769C9C69" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="59678024" w14:textId="61824536" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71295324" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...13 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+          <w:p w14:paraId="72ABCCDA" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59678024" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="43DEB6FD" w14:textId="45658C6B" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="521EE20C" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="05D2D3E9" w14:textId="24A87C0E" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="04183431" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F96E52A" w14:textId="5257D5B5" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.20</w:t>
-            </w:r>
-[...160 lines deleted...]
-              <w:t>8.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE239EC" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="4AE239EC" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-              <w:t>12.40</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D4FF61" w14:textId="5282C321" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D56149C" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D56149C" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-              <w:t>10.20</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A61A5D9" w14:textId="67868CBC" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F24555E" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F24555E" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B0AA6" w:rsidRPr="00A95429" w14:paraId="50D37C56" w14:textId="77777777" w:rsidTr="00926051">
+      <w:tr w:rsidR="00D3616D" w:rsidRPr="00A95429" w14:paraId="50D37C56" w14:textId="77777777" w:rsidTr="00C61067">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4264869C" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00A95429" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="4264869C" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00A95429" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FD1E6EF" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C064E05" w14:textId="2295221D" w:rsidR="00D3616D" w:rsidRPr="005B0AA6" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58EBEBFC" w14:textId="17DF0B43" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7516BD6B" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046D978E" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2465651F" w14:textId="62BFD9E3" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60E52815" w14:textId="0A3ED75F" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD7E446" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Автоматизированные </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D4AD4CA" w14:textId="345D2A5F" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">системы управления на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж/д транспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD21715" w14:textId="321B805D" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78CC6854" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Войчук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6C4240FC" w14:textId="27D91016" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C3F669" w14:textId="54CB4757" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D74F59B" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...1 lines deleted...]
-              <w:pStyle w:val="af4"/>
+          <w:p w14:paraId="6BE99553" w14:textId="3AC4F6E6" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001C3C8A">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="left"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление движением на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3616D">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C3C8A">
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж/д транспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CD7DF4" w14:textId="7B127FD1" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радюк </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B65F427" w14:textId="1A43F1DB" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="566674BD" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1753C15C" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эсплуатаци-онной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339959B7" w14:textId="3140A056" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CBC0D68" w14:textId="1D13A044" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Радюк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="655B3FFF" w14:textId="0E3A570B" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="398BA0FF" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="left"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001C3C8A">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CAC37D2" w14:textId="10662C7A" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E63D52" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBFFE0A" w14:textId="6F2A0195" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C81CC80" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2E31DA" w14:textId="032DB028" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001C3C8A">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление движением на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3616D">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-              <w:pStyle w:val="af4"/>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж/д транспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75ECB03D" w14:textId="363B6A76" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радюк </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14320AB3" w14:textId="055D532C" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5682798A" w14:textId="374807B5" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001C3C8A">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...27 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление движением на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:spacing w:val="-6"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж/д транспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6514736D" w14:textId="667D8E34" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Радюк </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="left"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9D12E8" w14:textId="21A9A43C" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C82FF9">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3233E3B9" w14:textId="54784356" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление движением на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00C61067" w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>д транспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB409E6" w14:textId="6D9D3F82" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00C61067" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D17E944" w14:textId="14EC804B" w:rsidR="00D3616D" w:rsidRPr="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Радюк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="095C98D8" w14:textId="50027884" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7899A7C1" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оборудование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пассажирского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вагона</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4791AB24" w14:textId="39C58C4D" w:rsidR="00D3616D" w:rsidRPr="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Колеснёва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5F53E1" w14:textId="3AAF5A8B" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D35AFB7" w14:textId="77777777" w:rsidR="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Правовое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26CAC396" w14:textId="0FA2EE01" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>регулирование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> транспортной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69ABACFA" w14:textId="4BBE1BBF" w:rsidR="00D3616D" w:rsidRPr="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Блоцкая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="18574A5B" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1окр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A17DFFD" w14:textId="67CC5215" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-          </w:tcPr>
-[...303 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EC2228" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оборудование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пассажирского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вагона</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E7336B" w14:textId="7E192E40" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="0042516A" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66AABA5B" w14:textId="0AAC7660" w:rsidR="00D3616D" w:rsidRPr="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Колеснёва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...132 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="78B30515" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...642 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3EBC1737" w14:textId="154606F0" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5DC8" w:rsidRPr="00A95429" w14:paraId="05C114C1" w14:textId="77777777" w:rsidTr="004A07EF">
+      <w:tr w:rsidR="00D3616D" w:rsidRPr="00A95429" w14:paraId="05C114C1" w14:textId="77777777" w:rsidTr="004D5C4A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C55C389" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00A95429" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="5C55C389" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00A95429" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="613B45DF" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="613B45DF" w14:textId="3A84D24C" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39F45374" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D326201" w14:textId="378D03A5" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40E6AA89" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C293271" w14:textId="00CE1520" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="03810FBE" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="094594B7" w14:textId="7D4483B7" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D66D5CB" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D24B81D" w14:textId="2662D6AF" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B83BE8" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:vertAlign w:val="subscript"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADEE110" w14:textId="38D2BE4F" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="436CFBFA" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="470B8581" w14:textId="0FE8C0FC" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="200D7DFB" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A6D10A" w14:textId="0EBC6525" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAE31B7" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B62573" w14:textId="2CF63436" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C7A32A" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CB5BCB" w14:textId="7C3DD1DB" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8D7D45" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="150BAA18" w14:textId="670FAC22" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...20 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C293271" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...23 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="7B890F17" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="03810FBE" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...13 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          <w:p w14:paraId="5414E448" w14:textId="5F4B84E4" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="094594B7" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...462 lines deleted...]
-          <w:p w14:paraId="408692F8" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="408692F8" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B0AA6" w:rsidRPr="00A95429" w14:paraId="4DD415CF" w14:textId="77777777" w:rsidTr="00B7637A">
+      <w:tr w:rsidR="00D3616D" w:rsidRPr="00A95429" w14:paraId="4DD415CF" w14:textId="77777777" w:rsidTr="004D5C4A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B45EFBA" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00A95429" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="5B45EFBA" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00A95429" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="250A9494" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="001C3C8A" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...1 lines deleted...]
-              <w:pStyle w:val="af4"/>
+          <w:p w14:paraId="21F2BBB9" w14:textId="6F361849" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78186665" w14:textId="094E9339" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04B0359D" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Автоматизированные </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="153DE483" w14:textId="77056C73" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">системы управления на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ж/д транспорте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02742506" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Войчук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="53286AE2" w14:textId="267297FF" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5099493A" w14:textId="3B2F0221" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD4B6F3" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005B5DC8">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
               <w:rPr>
                 <w:b w:val="0"/>
-                <w:spacing w:val="-14"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001C3C8A">
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="247B553B" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A8832BA" w14:textId="15717CFD" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="460EE608" w14:textId="4537973C" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C38C7B9" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...16 lines deleted...]
-            </w:r>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6952DEDF" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2161197E" w14:textId="00B1B350" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:jc w:val="left"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="251BABC0" w14:textId="5B86194E" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C82FF9">
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D579A94" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00807E86" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономика организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D1ED8B" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487EBEF0" w14:textId="4285AD56" w:rsidR="00D3616D" w:rsidRPr="005B0AA6" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="416FD2E8" w14:textId="4B555E2D" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFE26DC" w14:textId="250AC2FC" w:rsidR="00D3616D" w:rsidRPr="00764BC0" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="50259E69" w14:textId="28E700D6" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="489C7F84" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:ind w:right="-35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оборудование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пассажирского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вагона</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ADB81F2" w14:textId="36D4BB80" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Колеснёва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62150EC2" w14:textId="5886A4D1" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00125AEF">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="502E53AC" w14:textId="003674E7" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оборудование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пассажирского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вагона</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DD5C38" w14:textId="1C4CD08B" w:rsidR="00D3616D" w:rsidRPr="005B0AA6" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00807E86">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Колеснёва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E278F82" w14:textId="0F073499" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F722143" w14:textId="77777777" w:rsidR="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Правовое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2279812A" w14:textId="6C994828" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C61067">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Электрообору-</w:t>
-[...40 lines deleted...]
-            </w:r>
+              <w:t>регулирование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> транспортной деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E3A8B4" w14:textId="2A5CE8D9" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Блоцкая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CBFBD3" w14:textId="495D9656" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6EEB61" w14:textId="265D425A" w:rsidR="00D3616D" w:rsidRPr="00764BC0" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...7 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6348B7BC" w14:textId="62C739C1" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A612EAD" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оборудование </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пассажирского</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вагона</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40349DAA" w14:textId="5D4898A2" w:rsidR="00D3616D" w:rsidRPr="00C61067" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C61067">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Колеснёва</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D916A16" w14:textId="3BB4AC47" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...14 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="239B09D8" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...68 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          <w:p w14:paraId="6A1EF716" w14:textId="1D4206AC" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="460EE608" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...1080 lines deleted...]
-          <w:p w14:paraId="40F9E507" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="40F9E507" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5DC8" w:rsidRPr="00A95429" w14:paraId="391D42ED" w14:textId="77777777" w:rsidTr="004A07EF">
+      <w:tr w:rsidR="00D3616D" w:rsidRPr="00A95429" w14:paraId="391D42ED" w14:textId="77777777" w:rsidTr="004D5C4A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C557EFD" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00A95429" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="5C557EFD" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00A95429" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56F5931D" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="56F5931D" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2619AC42" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="2619AC42" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="632423"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41F228F5" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="41F228F5" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="021A15B3" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="021A15B3" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBF2D93" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="3DBF2D93" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A44270F" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="6A44270F" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="539B664E" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="539B664E" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB0A1D8" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="0BB0A1D8" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="123D9757" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="123D9757" w14:textId="0906B706" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE39D1A" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="5FE39D1A" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0EC6A3" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="3A0EC6A3" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63E72D09" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="63E72D09" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B79999" w14:textId="09E22F0D" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8C4891" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36B79999" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6CC8AF2D" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F53CA5" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="002463FB" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1C4617" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB992C9" w14:textId="4533AC29" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8C4891" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...5 lines deleted...]
-                <w:color w:val="1D1B11"/>
+          <w:p w14:paraId="4C40F43A" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E644DC" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="06ECAC6D" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC8AF2D" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="409F98DB" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69F53CA5" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
-[...191 lines deleted...]
-          <w:p w14:paraId="45B7D96F" w14:textId="77777777" w:rsidR="00C82FF9" w:rsidRPr="00C82FF9" w:rsidRDefault="00C82FF9" w:rsidP="00C82FF9">
+          <w:p w14:paraId="45B7D96F" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B0AA6" w:rsidRPr="00A95429" w14:paraId="35CD64EA" w14:textId="77777777" w:rsidTr="00EF2B95">
+      <w:tr w:rsidR="00D3616D" w:rsidRPr="00A95429" w14:paraId="35CD64EA" w14:textId="77777777" w:rsidTr="004D5C4A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="858"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="329D6281" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00A95429" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="329D6281" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00A95429" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AD8B1A0" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00B95CBA" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="5AD8B1A0" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46231AE5" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="46231AE5" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BCB9FE1" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00B95CBA" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="4BCB9FE1" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DC148AA" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="5DC148AA" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0D7800" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00B95CBA" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="5B0D7800" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC17476" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="2EC17476" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9DB240" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00B95CBA" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="4E9DB240" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="12CC23DC" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="12CC23DC" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="132962C7" w14:textId="79228209" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BF1BA6" w14:textId="6A6081B3" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE1FC53" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...1 lines deleted...]
-              <w:pStyle w:val="af4"/>
+          <w:p w14:paraId="7F948159" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F332F8F" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8C09FD" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>эксплуатаци-онной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="640A2E50" w14:textId="0ACB97D2" w:rsidR="00D3616D" w:rsidRPr="008C1B06" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C1B06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E187991" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C3C8A">
-[...12 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Радюк</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31376A02" w14:textId="77777777" w:rsidR="00634F07" w:rsidRDefault="00634F07" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C3C8A">
-[...12 lines deleted...]
-                <w:b w:val="0"/>
+          </w:p>
+          <w:p w14:paraId="4DBCFC0D" w14:textId="759FA420" w:rsidR="00634F07" w:rsidRPr="00634F07" w:rsidRDefault="00634F07" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C3C8A">
-[...65 lines deleted...]
-                <w:sz w:val="24"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BDF35A" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1окр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661E5E2E" w14:textId="3D2D92F8" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3616D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="360FF449" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1B6BBD" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4000F59F" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35BF1BA6" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7FDBA4EE" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D67B3B8" w14:textId="186C14AE" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F948159" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00B95CBA" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...4 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="5E664AEC" w14:textId="05620FDC" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1555189A" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F332F8F" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...18 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="7C9D8FC1" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69B48771" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="001C3C8A" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...48 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:p w14:paraId="43A0C7B7" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00B95CBA" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="661E5E2E" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
-[...296 lines deleted...]
-          <w:p w14:paraId="0A1A80D7" w14:textId="77777777" w:rsidR="005B0AA6" w:rsidRPr="00C82FF9" w:rsidRDefault="005B0AA6" w:rsidP="005B0AA6">
+          <w:p w14:paraId="0A1A80D7" w14:textId="77777777" w:rsidR="00D3616D" w:rsidRPr="00D3616D" w:rsidRDefault="00D3616D" w:rsidP="00D3616D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23A53050" w14:textId="77777777" w:rsidR="00A95429" w:rsidRPr="00A95429" w:rsidRDefault="00A95429" w:rsidP="00A95429">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133B3599" w14:textId="77777777" w:rsidR="00A95429" w:rsidRPr="005B5DC8" w:rsidRDefault="00A95429" w:rsidP="00A95429">
+    <w:p w14:paraId="133B3599" w14:textId="77777777" w:rsidR="00A95429" w:rsidRDefault="00A95429" w:rsidP="00A95429">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5DC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="628F30D3" w14:textId="77777777" w:rsidR="0042516A" w:rsidRPr="005B5DC8" w:rsidRDefault="0042516A" w:rsidP="00A95429">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6183DB76" w14:textId="77777777" w:rsidR="00420E12" w:rsidRPr="005B5DC8" w:rsidRDefault="00A95429" w:rsidP="00A95429">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5DC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A873681" w14:textId="77777777" w:rsidR="00F86185" w:rsidRPr="001A5585" w:rsidRDefault="00F86185" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:firstLine="709"/>
@@ -9485,59 +9206,71 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">А.В.Дюбенкова  </w:t>
+        <w:t>А.В.Дюбенкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5042B746" w14:textId="77777777" w:rsidR="00F86185" w:rsidRPr="00D27FDF" w:rsidRDefault="00F86185" w:rsidP="00D27FDF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A7DCC0D" w14:textId="77777777" w:rsidR="00A95429" w:rsidRDefault="00F86185" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:firstLine="709"/>
@@ -9597,9504 +9330,14812 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Н.А.Ясько</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="247AA9BC" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="00F86185">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F7B7CA5" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="2BD94F9B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00F86185">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C381B19" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00F86185">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B1727A7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F699FDB" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="025900CC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02266D34" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="2B803E65" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173812CC" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="71E66994" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D35EAB6" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="2F6D4F26" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Учреждение образования                                                                                                                                     </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
-[...239 lines deleted...]
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787A2759" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="0F822C5D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«Белорусский государственный   </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
-[...431 lines deleted...]
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Директор колледжа</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01447C5E" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="0FECB12C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>университет транспорта»</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
-[...455 lines deleted...]
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B63DF84" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="0655A01B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Гомельский колледж-филиал</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
-[...87 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                         ____________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Д.Н.Адаменко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="01829BBB" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="1DEBEB5A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>учреждения образования</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
-[...456 lines deleted...]
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>«24» октября 2025 г.</w:t>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="000E5E12">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01» декабря </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2025 г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9D0C89" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="7EB0905E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«Белорусский государственный</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F68EB4" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="569F5A96" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>университет транспорта»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ECD77CE" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="3A6310D2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00420E12" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                                                                                               </w:t>
+        <w:t xml:space="preserve">                                                                                                                                                                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-42"/>
         <w:tblW w:w="22997" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="22772"/>
         <w:gridCol w:w="225"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="745F1C3E" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="58D99FA5" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:trHeight w:val="182"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B79E4EA" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="05892A73" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4FBF00" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="7A2E2F4D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="4CEACF79" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="07167E9E" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="22997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FCB6E08" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="2FCE74C1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00A95429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>РАСПИСАНИЕ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A491E52" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="1E61D49A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00A95429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Лабораторно - экзаменационной сессии заочной формы получения образования  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="221CFB8B" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="2A25CC2C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...6 lines deleted...]
-              <w:t>на ноябрь 2025/2026 учебного года</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на декабрь 2025/2026 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебного года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="672635D6" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="05042395" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="22538" w:type="dxa"/>
-        <w:tblInd w:w="454" w:type="dxa"/>
+        <w:tblW w:w="22255" w:type="dxa"/>
+        <w:tblInd w:w="399" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1985"/>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="1559"/>
-[...22 lines deleted...]
-        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="7C00B70E" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="64E3AA8F" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEC4DA0" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="0AD5B6BE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="005B5DC8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="676AC8C4" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="43D03F8F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="06A4F8A6" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2723350E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01E3ABEF" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="1647A913" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="0CB72757" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="696CF27E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Понедельник</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="562DE8B0" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="139FCD54" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="3A448DEA" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="7494C529" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73052C03" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="0A5CB833" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="28765F69" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22132B36" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6036FD69" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="38A47CD0" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="546D7050" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="057A81A9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вторник</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1954FEF9" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="47CCE6A4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC64DE7" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="1AB90EE7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Часы,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA780A5" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="487D67EB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="4AFEF8CE" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E087E76" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="329BDFE3" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="20E8D445" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="76E83168" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44BC59FE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Среда</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F241583" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="08D53ED1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="465A1024" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="77D78DB9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="082A0ED9" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="2364DC15" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="50883F2C" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F5BDE6E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15EC587F" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="270BCDFD" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="327102C5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34840D1E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Четверг</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AEA3230" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="48F811AA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="559415A8" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="6FCA7175" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0FAD0B" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="446F9961" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="4D6E3EC2" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085BEC18" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="196A886C" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="270058F3" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="497CFDA1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B1AEA12" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00073F4B" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Пятница</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="53612137" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="3292938D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="50442AFF" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="3C3347FD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="623267AE" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="165D7E7E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42C05F65" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="69186FB8" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="1BCA697D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F3D9F5A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Суббота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6982D15D" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="3A17095A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA6CFB9" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="20CE8A61" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="4C7BDE79" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E9F660F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4712A1DF" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="30D8C0A7" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="341B177B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E608ED9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Понедельник</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06639BF1" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="2954C10C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="366214CA" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="337EB543" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="6BC4519D" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="1EFCA542" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="657BD1C5" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5C8741" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5A2B5565" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="4B77F3EF" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="41BD9DE2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="225EB5B4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вторник</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D5F569" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="266D82A0" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="523491F6" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="5238EB7F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...12 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Часы,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="45D07BE2" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="6CAF49E4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="6A2D6E0E" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BB2991B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6BE410EF" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...9 lines deleted...]
-          <w:p w14:paraId="276A98B6" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="2DA85C3A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EE6F87C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r w:rsidRPr="00087B3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Среда</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F714992" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="6DD77799" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="78203C81" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="7E141E84" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
-[...349 lines deleted...]
-              <w:t>Часы , ауд.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="2F3309AF" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="0A684331" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="320"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="427B8E4B" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="0D130C7D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E5E12">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="44"/>
               </w:rPr>
-              <w:t>Д-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A07EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="190EB6FA" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...17 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          <w:p w14:paraId="2ED2D766" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="699E4289" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45DC4AB7" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...25 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          <w:p w14:paraId="776B83D8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F2B27CC" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...13 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+          <w:p w14:paraId="72ADDBE5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25A2845E" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...25 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          <w:p w14:paraId="12D9C5B9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="66BCDA05" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...130 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          <w:p w14:paraId="4783027A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0802EBF9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73236747" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="303DF4FF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53ECAB2F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="477E0FD2" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...25 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          <w:p w14:paraId="39700E07" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="4A31C727" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...13 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+          <w:p w14:paraId="1AD70839" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="466338D7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67886A8B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="776C398C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE8B503" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3374DF06" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...206 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="504C07B0" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...42 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          <w:p w14:paraId="259CC618" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="3F17C853" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="24FD4F4A" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54074D19" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="5CE65251" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37259FB5" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...63 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="0AF0CB04" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A906E8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>локомотивом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="397AE3CC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мигирин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A81EA11" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...9 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...94 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24FD69AA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28CB7048" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(проф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9F459D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лысенко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3E4824" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C625815" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D9F0A7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AF1F408" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F2BCE0B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E8C4EA4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27B1D0D5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BA53A64" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CBE0551" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60DEB8FC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">автоматических </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6B7D1A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45AB3B51" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халиманчик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="550F6957" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B49236B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE0A087" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="777B4104" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E7A3ED2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C8EE9B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...83 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="317694DD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>Экономика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D39B2FC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19943914" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665E6B56" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F48AF7D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="328121CE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EFABC0C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="140CD488" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Семенчук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B421369" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EF9137" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A2BE4D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Семенчук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6B6937" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...137 lines deleted...]
-                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...98 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B02346" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...20 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A45E210" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25FE4B0B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2791BD90" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="4F24B1C9" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...58 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          <w:p w14:paraId="1D220B9D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E2458C2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="136DD256" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>автоматических</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772AE822" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>ЭКЗАМЕН</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08D21292" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...31 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          <w:p w14:paraId="441857B6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халиманчик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="74E9C897" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47C14323" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA8AB32" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...747 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          <w:p w14:paraId="5C398056" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="186F04AE" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="0B63A751" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6CF837" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="24D7A0E0" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="057B0437" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...17 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          <w:p w14:paraId="7F4386CA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16.20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B5D683A" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...4 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="5C96F648" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29746664" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...17 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          <w:p w14:paraId="26730E96" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7188E4B0" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...14 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+          <w:p w14:paraId="27034F95" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="4510DEB8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="283" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...101 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="333D1FA5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AF3DEDF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08B9FA5D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C68418" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C68368" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35ABFBD5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21E8E60F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECE9274" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D57782" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79568A5E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
-[...402 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="080737AE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17EFC7AF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64CC4443" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="15E795C7" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="4BFA480B" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7613337E" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="09169443" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59AB5006" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...86 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="42428CE8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E246D76" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2687FECB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A466AB1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A77E3F1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34704DA6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535F9C84" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>локомотивом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16044B2C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мигирин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DC49AF2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A790617" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FEB6178" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>локомотивом</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14070C84" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D77E836" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мигирин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C144BAA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21A78FE7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34484DE9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54E1B7F0" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="725A5949" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F204354" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C3A017" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E1837F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(проф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="007E839F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лысенко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108C0E22" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="6806D7A3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698B70C6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25725B4F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F25B773" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54FB70C5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D222609" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3219F366" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="289B5883" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A9F65DD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0013CC0C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">автоматических </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12878609" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742DB80C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халиманчик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FA955F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...103 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60412C42" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F4BDC82" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C573CB8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">автоматических </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C1425A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261B3291" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Халиманчик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7C6F9D2B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60ED792C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="114E853F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...376 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C5A89D2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...685 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          </w:tcPr>
+          <w:p w14:paraId="0865FF28" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="253EC278" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="37E1DFC4" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="295"/>
+          <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7069ABB6" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="5BAAB5C5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20ED5CB4" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...227 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          <w:p w14:paraId="3F0C365C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="528E418F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3675F87F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>16.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66CAE90A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="115B1AB9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F1CE8DF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="431E9FA8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08DFD88F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E83A857" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BDDC288" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="357CCCB3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC5BB15" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA6D61E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E710D4C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4217F2A1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...39 lines deleted...]
-            <w:tcW w:w="284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC3D20C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="125DDBBF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...158 lines deleted...]
-                <w:bCs/>
+          </w:tcPr>
+          <w:p w14:paraId="35C3E982" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5E12" w:rsidRPr="000E5E12" w14:paraId="14A6109A" w14:textId="77777777" w:rsidTr="00371D35">
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="005A7214" w14:textId="77777777" w:rsidTr="00D65FA5">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="858"/>
+          <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73B74996" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+          <w:p w14:paraId="6F523D3D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="598EF115" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...25 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="41044199" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B556EE9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A0D10F3" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...13 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          <w:p w14:paraId="778CC2CC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1A0A5C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="780C6E2B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="af5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00403222">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Теленченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FEB667A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54C71DBA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75CC4661" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00403222" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62503289" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="38B4E0F6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:color w:val="1D1B11"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD16EA">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...108 lines deleted...]
-            <w:tcW w:w="284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E272299" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E670A46" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2201C5DF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3910B675" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5134740E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="645516D9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A73E6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1D1C11" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="283" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CA8607" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8489D1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A7F782" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...39 lines deleted...]
-            <w:tcW w:w="284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CF153C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="776E84EC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...233 lines deleted...]
-                <w:lang w:val="x-none" w:eastAsia="x-none"/>
+          </w:tcPr>
+          <w:p w14:paraId="65EE41AD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00AD16EA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41D7AA14" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="28D70FC8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A49BB5" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="5D852D12" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="005B5DC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF62B73" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="591EE35B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1104EF68" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="005B5DC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20ED9333" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="056117FD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="001A5585" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>Заведующий отделением                                                ________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">А.В.Дюбенкова  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E5E12">
+        <w:t>А.В.Дюбенкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5534DCC0" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="78E20904" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00D27FDF" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:lang w:val="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680587B1" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="000E5E12" w:rsidRDefault="000E5E12" w:rsidP="000E5E12">
+    <w:p w14:paraId="1280E2EE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r w:rsidRPr="00A95429">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заместитель директора по учебной работе                ________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000E5E12">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Н.А.Ясько</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="558FE1D3" w14:textId="77777777" w:rsidR="000E5E12" w:rsidRPr="00F86185" w:rsidRDefault="000E5E12" w:rsidP="00F86185">
+    <w:p w14:paraId="758E7D54" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3709DD79" w14:textId="77777777" w:rsidR="00D104BA" w:rsidRPr="001D10F2" w:rsidRDefault="00D104BA" w:rsidP="00A95429">
+    <w:p w14:paraId="766AFA8B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="011AB098" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F561B3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB20FDC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk215144170"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1917254B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27FE74D5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D4C6E6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68DF563F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учреждение образования                                                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFC8FEB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Белорусский государственный   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Директор колледжа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262A0CD4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>университет транспорта»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363AEE6B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Гомельский колледж-филиал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                         ____________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Д.Н.Адаменко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0DD94AB4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учреждения образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01» декабря </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>2025 г.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641387F9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Белорусский государственный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C543838" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>университет транспорта»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FD913D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00420E12" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-42"/>
+        <w:tblW w:w="22997" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="22772"/>
+        <w:gridCol w:w="225"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="54863522" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:trHeight w:val="182"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="22772" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB9A349" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="225" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB9DDFD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="04240BBF" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:trHeight w:val="219"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="22997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB14DDE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>РАСПИСАНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C05026F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A95429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Лабораторно - экзаменационной сессии заочной формы получения образования  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="073B2C6D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на декабрь 2025/2026 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A95429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебного года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="75E35010" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D104BA" w:rsidRPr="001D10F2" w:rsidSect="005A67C2">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="22255" w:type="dxa"/>
+        <w:tblInd w:w="399" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="425"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="7B1A3530" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C836010" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B5DC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47090F2B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4197B7CB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7472B20C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F256540" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Понедельник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08AA41DD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="06AD6746" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="455F8D72" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC21DE9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B026922" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46880FFF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вторник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CDA90E3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F539D8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Часы,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B8E42B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11161127" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="169CBC3E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15EE5D69" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Среда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7482322C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CBC88E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D9D21E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C5E9D44" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C427C6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6436AA40" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Четверг</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202E327E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2753CC10" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C855CE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2490B16E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DF38A86" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63160E0B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00073F4B" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пятница</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="6025B441" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="21810FE9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4C1F81" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56618B1A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77224C5E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D8AFE0" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E01CCA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BD20F7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AA66452" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C63674B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Понедельник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7E895B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D682B1F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="604B0D8A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5359B3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AA4F774" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15B5E54D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вторник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2A6B5F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6628C1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Часы,   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="363636BA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58DE4367" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61CCAB58" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03D64283" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Среда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC25283" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E44AE6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00087B3D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часы ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00087B3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ауд.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="1E3627C1" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37777843" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A07EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="44"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D4D65B2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D43692F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E26EBF1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76365B68" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5DA356" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="094FEC24" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A22E902" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0851D9F5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="47233284" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C55D9BB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="748EA45C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F445DED" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD4145B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1DB6EF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FFBA6E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9FCC00" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F620520" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B8766" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="3777467D" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9FC678" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="728DBBA3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42645872" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EA1ED8D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лазуткина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4522EF6C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B0AA6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6847DAB9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="279ED8E7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F3ECC3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FCEBC53" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лазуткина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="091B7A92" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E39F246" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="10107353" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6224EF6C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>перевозок гру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зов, пассажиров и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>багажа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E01EBE2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="000F1D8D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F1D8D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC31B49" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Самодум</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FAA5B8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB47AC0" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D62211" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36E5CC01" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автоматических тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28D0166F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соловьева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F97285" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69AB3C1E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="692E4900" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB379BD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1352215A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="001D4590" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(проф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексика)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D63D6E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лысенко</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FF8698" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76DB42B1" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="549A7975" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="453272C4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B69AD4F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="602A7CF3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59085A88" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3085EE98" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="000F1D8D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F1D8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1F193C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лазуткина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D17C85F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="246EB97B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CE7CC6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9590A4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семенчук </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DAE62D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BD3D44" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основы права</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E42947" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семенчук </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
+          </w:tcPr>
+          <w:p w14:paraId="00105EE4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F14F8FE" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A0E98A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="622C1C48" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5145D2EB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB95643" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="272F40D4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обслуживание</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AD6BB7D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автоматических </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AE38645" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A2F96F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="000F1D8D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F1D8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЭКЗАМЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5847CE3F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соловьева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C02632" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="478627CD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00B1C2EF" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E900E09" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00D3616D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="27A153B5" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D7F8D5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7971F1E5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2359DB66" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49429F9C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BF20F6C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30465D5B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16782B9A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2D679F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37ED0CD6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1251ED" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DD9EF5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2227D6C7" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D67457D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE1CB44" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A3FB71C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09608AFC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C0A8E8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="151CB170" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CFD169" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC02B6" w:rsidRPr="00A95429" w14:paraId="339A35F9" w14:textId="77777777" w:rsidTr="00D65FA5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1441"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="731500D2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07CD6FBB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация перевозок грузов, пассажиров и багажа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F43FAB9" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Самодум</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DF68857" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15D93246" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация перевозок грузов, пассажиров и багажа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="486A518A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Самодум</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31C6F81F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="392980B3" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="083B18CA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(проф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> лексика)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E32B4FA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лысенко</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A55D27B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29789599" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="120FCB0D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02ED7B9B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BABA087" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лазуткина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323A563B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="030AD14E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="510C55D5" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экономика </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6145A492" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47C75DDD" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лазуткина</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4668C58B" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B0AA6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6F52AB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="1D1B11"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C3368D" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00764BC0" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D107D2F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9F7C97" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7BAB43" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C65ED4C" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автоматических тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D4D7325" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соловьева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F4739EB" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00D3616D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A85C04A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="582EC181" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техническое </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C25DEA" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обслуживание </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F998AA2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автоматических тормозов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="406864A2" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00277FB5" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соловьева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE97762" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A95F751" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="263DBD10" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="298AD21A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAAE744" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00253759" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00253759">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="307701E8" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00B95CBA" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6090F1D4" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00D3616D" w:rsidRDefault="00DC02B6" w:rsidP="00D65FA5">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E1550C6" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00A95429" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C88210" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B5DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71327A40" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3888CC4E" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="005B5DC8" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B5DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7312AB44" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="001A5585" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>Заведующий отделением                                                ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>А.В.Дюбенкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="x-none" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E41553A" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRPr="00D27FDF" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B6F5FEC" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель директора по учебной работе                ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Н.А.Ясько</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1ABFB003" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="46D01D4F" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00DC02B6">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A4BB964" w14:textId="77777777" w:rsidR="00DC02B6" w:rsidRDefault="00DC02B6" w:rsidP="00F86185">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DC02B6" w:rsidSect="005A67C2">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="23814" w:h="16840" w:orient="landscape" w:code="8"/>
       <w:pgMar w:top="340" w:right="567" w:bottom="57" w:left="567" w:header="57" w:footer="57" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0390A774" w14:textId="77777777" w:rsidR="00717A71" w:rsidRDefault="00717A71" w:rsidP="0087201A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1BDAACE9" w14:textId="77777777" w:rsidR="00717A71" w:rsidRDefault="00717A71" w:rsidP="0087201A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -19583,51 +24624,52 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1216"/>
         </w:tabs>
         <w:ind w:left="1216" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="686758785">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1371031486">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="350912489">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="284"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="142"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -19840,50 +24882,51 @@
     <w:rsid w:val="0025107F"/>
     <w:rsid w:val="00251772"/>
     <w:rsid w:val="00251D78"/>
     <w:rsid w:val="00253302"/>
     <w:rsid w:val="0025667E"/>
     <w:rsid w:val="00261861"/>
     <w:rsid w:val="00262E1D"/>
     <w:rsid w:val="00263914"/>
     <w:rsid w:val="00263D44"/>
     <w:rsid w:val="00264510"/>
     <w:rsid w:val="002670B7"/>
     <w:rsid w:val="00270AD9"/>
     <w:rsid w:val="00270E5D"/>
     <w:rsid w:val="00275143"/>
     <w:rsid w:val="00276E26"/>
     <w:rsid w:val="002805B1"/>
     <w:rsid w:val="00280F13"/>
     <w:rsid w:val="002834E3"/>
     <w:rsid w:val="00283828"/>
     <w:rsid w:val="00283CF3"/>
     <w:rsid w:val="00283DA5"/>
     <w:rsid w:val="00284107"/>
     <w:rsid w:val="0028469B"/>
     <w:rsid w:val="00285048"/>
     <w:rsid w:val="002862A6"/>
+    <w:rsid w:val="002929C7"/>
     <w:rsid w:val="0029359D"/>
     <w:rsid w:val="00296C6C"/>
     <w:rsid w:val="00297932"/>
     <w:rsid w:val="002A1A13"/>
     <w:rsid w:val="002A206D"/>
     <w:rsid w:val="002A7EC2"/>
     <w:rsid w:val="002B0FC0"/>
     <w:rsid w:val="002B487E"/>
     <w:rsid w:val="002B5A0A"/>
     <w:rsid w:val="002B6091"/>
     <w:rsid w:val="002B60F9"/>
     <w:rsid w:val="002C01EF"/>
     <w:rsid w:val="002C0E16"/>
     <w:rsid w:val="002C359C"/>
     <w:rsid w:val="002C51BB"/>
     <w:rsid w:val="002C5BD9"/>
     <w:rsid w:val="002C63DE"/>
     <w:rsid w:val="002C680C"/>
     <w:rsid w:val="002D09F5"/>
     <w:rsid w:val="002D0E2A"/>
     <w:rsid w:val="002D1820"/>
     <w:rsid w:val="002D260A"/>
     <w:rsid w:val="002D7A75"/>
     <w:rsid w:val="002E0C0A"/>
     <w:rsid w:val="002E119E"/>
@@ -19984,50 +25027,51 @@
     <w:rsid w:val="003E671B"/>
     <w:rsid w:val="003F09C3"/>
     <w:rsid w:val="003F0CD9"/>
     <w:rsid w:val="003F1629"/>
     <w:rsid w:val="003F5077"/>
     <w:rsid w:val="003F5ECE"/>
     <w:rsid w:val="003F74C2"/>
     <w:rsid w:val="00400B03"/>
     <w:rsid w:val="00400EE2"/>
     <w:rsid w:val="004026B1"/>
     <w:rsid w:val="00402A58"/>
     <w:rsid w:val="004034A1"/>
     <w:rsid w:val="004037DD"/>
     <w:rsid w:val="00404D6A"/>
     <w:rsid w:val="00407213"/>
     <w:rsid w:val="0041352C"/>
     <w:rsid w:val="0041378F"/>
     <w:rsid w:val="00413885"/>
     <w:rsid w:val="00420E12"/>
     <w:rsid w:val="00421910"/>
     <w:rsid w:val="00423331"/>
     <w:rsid w:val="00423BEA"/>
     <w:rsid w:val="00423FF9"/>
     <w:rsid w:val="00424606"/>
     <w:rsid w:val="00424EA3"/>
+    <w:rsid w:val="0042516A"/>
     <w:rsid w:val="00425AD5"/>
     <w:rsid w:val="00425AE4"/>
     <w:rsid w:val="00425E07"/>
     <w:rsid w:val="0042740C"/>
     <w:rsid w:val="00427976"/>
     <w:rsid w:val="00427BF6"/>
     <w:rsid w:val="00427F41"/>
     <w:rsid w:val="00433386"/>
     <w:rsid w:val="0043407A"/>
     <w:rsid w:val="004340D6"/>
     <w:rsid w:val="00436026"/>
     <w:rsid w:val="004362EC"/>
     <w:rsid w:val="00436689"/>
     <w:rsid w:val="004369B4"/>
     <w:rsid w:val="00442D87"/>
     <w:rsid w:val="00442EAA"/>
     <w:rsid w:val="00444E31"/>
     <w:rsid w:val="004510DE"/>
     <w:rsid w:val="00453108"/>
     <w:rsid w:val="0045498F"/>
     <w:rsid w:val="00454D7E"/>
     <w:rsid w:val="00455737"/>
     <w:rsid w:val="00455C7F"/>
     <w:rsid w:val="00464217"/>
     <w:rsid w:val="00467E1B"/>
@@ -20168,50 +25212,51 @@
     <w:rsid w:val="005F2BF3"/>
     <w:rsid w:val="005F3B51"/>
     <w:rsid w:val="005F456A"/>
     <w:rsid w:val="005F47D3"/>
     <w:rsid w:val="005F59A9"/>
     <w:rsid w:val="005F69BE"/>
     <w:rsid w:val="005F7F22"/>
     <w:rsid w:val="00601399"/>
     <w:rsid w:val="0060308A"/>
     <w:rsid w:val="00605435"/>
     <w:rsid w:val="00606C1B"/>
     <w:rsid w:val="00610BC5"/>
     <w:rsid w:val="006114B3"/>
     <w:rsid w:val="00612518"/>
     <w:rsid w:val="00612636"/>
     <w:rsid w:val="006153B1"/>
     <w:rsid w:val="00615766"/>
     <w:rsid w:val="0061658D"/>
     <w:rsid w:val="00617032"/>
     <w:rsid w:val="00621171"/>
     <w:rsid w:val="00622022"/>
     <w:rsid w:val="00630FB9"/>
     <w:rsid w:val="006338A3"/>
     <w:rsid w:val="00634AC0"/>
     <w:rsid w:val="00634C02"/>
+    <w:rsid w:val="00634F07"/>
     <w:rsid w:val="006357EA"/>
     <w:rsid w:val="006371AD"/>
     <w:rsid w:val="0064141D"/>
     <w:rsid w:val="0064343E"/>
     <w:rsid w:val="0064417C"/>
     <w:rsid w:val="0064507B"/>
     <w:rsid w:val="00645974"/>
     <w:rsid w:val="00645AC9"/>
     <w:rsid w:val="00645E2C"/>
     <w:rsid w:val="00647D6B"/>
     <w:rsid w:val="0065086E"/>
     <w:rsid w:val="00650CEC"/>
     <w:rsid w:val="00651217"/>
     <w:rsid w:val="006516A6"/>
     <w:rsid w:val="00651DED"/>
     <w:rsid w:val="006525CD"/>
     <w:rsid w:val="00653018"/>
     <w:rsid w:val="00655543"/>
     <w:rsid w:val="006567D4"/>
     <w:rsid w:val="006574F0"/>
     <w:rsid w:val="006577D7"/>
     <w:rsid w:val="00660451"/>
     <w:rsid w:val="0066461A"/>
     <w:rsid w:val="00665B45"/>
     <w:rsid w:val="00666ADF"/>
@@ -20327,50 +25372,51 @@
     <w:rsid w:val="007737F6"/>
     <w:rsid w:val="00775350"/>
     <w:rsid w:val="007754C5"/>
     <w:rsid w:val="00782DA8"/>
     <w:rsid w:val="00782DCA"/>
     <w:rsid w:val="0078339D"/>
     <w:rsid w:val="007847DC"/>
     <w:rsid w:val="007856B2"/>
     <w:rsid w:val="0078687B"/>
     <w:rsid w:val="00787168"/>
     <w:rsid w:val="00790198"/>
     <w:rsid w:val="007910A8"/>
     <w:rsid w:val="007934E9"/>
     <w:rsid w:val="00793BE0"/>
     <w:rsid w:val="007964C2"/>
     <w:rsid w:val="00797A4E"/>
     <w:rsid w:val="00797FD4"/>
     <w:rsid w:val="007A1124"/>
     <w:rsid w:val="007A1825"/>
     <w:rsid w:val="007A284E"/>
     <w:rsid w:val="007A398E"/>
     <w:rsid w:val="007A4804"/>
     <w:rsid w:val="007B029C"/>
     <w:rsid w:val="007B02CA"/>
     <w:rsid w:val="007B0F07"/>
+    <w:rsid w:val="007B40E7"/>
     <w:rsid w:val="007B4A29"/>
     <w:rsid w:val="007B5C58"/>
     <w:rsid w:val="007B6E3D"/>
     <w:rsid w:val="007B71F6"/>
     <w:rsid w:val="007C3FE3"/>
     <w:rsid w:val="007C47BE"/>
     <w:rsid w:val="007C7F04"/>
     <w:rsid w:val="007D0032"/>
     <w:rsid w:val="007D0A0C"/>
     <w:rsid w:val="007D1CBB"/>
     <w:rsid w:val="007D2EAD"/>
     <w:rsid w:val="007D3CF3"/>
     <w:rsid w:val="007D63E5"/>
     <w:rsid w:val="007D7906"/>
     <w:rsid w:val="007E0293"/>
     <w:rsid w:val="007E1258"/>
     <w:rsid w:val="007E67DA"/>
     <w:rsid w:val="007E75BB"/>
     <w:rsid w:val="007E79A5"/>
     <w:rsid w:val="007F362A"/>
     <w:rsid w:val="007F429D"/>
     <w:rsid w:val="007F4750"/>
     <w:rsid w:val="00800A15"/>
     <w:rsid w:val="00801554"/>
     <w:rsid w:val="008034E2"/>
@@ -20757,50 +25803,51 @@
     <w:rsid w:val="00C339D0"/>
     <w:rsid w:val="00C355D0"/>
     <w:rsid w:val="00C40629"/>
     <w:rsid w:val="00C40959"/>
     <w:rsid w:val="00C41463"/>
     <w:rsid w:val="00C427A5"/>
     <w:rsid w:val="00C42969"/>
     <w:rsid w:val="00C42B6A"/>
     <w:rsid w:val="00C44659"/>
     <w:rsid w:val="00C44695"/>
     <w:rsid w:val="00C44807"/>
     <w:rsid w:val="00C45EAD"/>
     <w:rsid w:val="00C47102"/>
     <w:rsid w:val="00C472E0"/>
     <w:rsid w:val="00C4760B"/>
     <w:rsid w:val="00C50B5B"/>
     <w:rsid w:val="00C5126F"/>
     <w:rsid w:val="00C5130B"/>
     <w:rsid w:val="00C518BD"/>
     <w:rsid w:val="00C54612"/>
     <w:rsid w:val="00C54F13"/>
     <w:rsid w:val="00C556B1"/>
     <w:rsid w:val="00C56E8B"/>
     <w:rsid w:val="00C57AC3"/>
     <w:rsid w:val="00C57C85"/>
+    <w:rsid w:val="00C61067"/>
     <w:rsid w:val="00C611BE"/>
     <w:rsid w:val="00C62A52"/>
     <w:rsid w:val="00C62ABA"/>
     <w:rsid w:val="00C62C85"/>
     <w:rsid w:val="00C6453F"/>
     <w:rsid w:val="00C64B9A"/>
     <w:rsid w:val="00C65461"/>
     <w:rsid w:val="00C65484"/>
     <w:rsid w:val="00C66670"/>
     <w:rsid w:val="00C6688F"/>
     <w:rsid w:val="00C71320"/>
     <w:rsid w:val="00C7529D"/>
     <w:rsid w:val="00C75EEF"/>
     <w:rsid w:val="00C76A5F"/>
     <w:rsid w:val="00C76E3C"/>
     <w:rsid w:val="00C80BF6"/>
     <w:rsid w:val="00C82CA1"/>
     <w:rsid w:val="00C82E94"/>
     <w:rsid w:val="00C82FF9"/>
     <w:rsid w:val="00C84619"/>
     <w:rsid w:val="00C8607A"/>
     <w:rsid w:val="00C863B7"/>
     <w:rsid w:val="00C87390"/>
     <w:rsid w:val="00C902CE"/>
     <w:rsid w:val="00C92A44"/>
@@ -20822,127 +25869,130 @@
     <w:rsid w:val="00CC37E0"/>
     <w:rsid w:val="00CC59F5"/>
     <w:rsid w:val="00CC7C3C"/>
     <w:rsid w:val="00CD0036"/>
     <w:rsid w:val="00CD0EEC"/>
     <w:rsid w:val="00CD3808"/>
     <w:rsid w:val="00CD4C4D"/>
     <w:rsid w:val="00CD50FF"/>
     <w:rsid w:val="00CD55F0"/>
     <w:rsid w:val="00CD6E36"/>
     <w:rsid w:val="00CD7E03"/>
     <w:rsid w:val="00CE16DE"/>
     <w:rsid w:val="00CE2167"/>
     <w:rsid w:val="00CE27E2"/>
     <w:rsid w:val="00CE4AD7"/>
     <w:rsid w:val="00CE4AF1"/>
     <w:rsid w:val="00CF0759"/>
     <w:rsid w:val="00CF10E3"/>
     <w:rsid w:val="00CF3723"/>
     <w:rsid w:val="00CF3972"/>
     <w:rsid w:val="00CF3C17"/>
     <w:rsid w:val="00CF45CD"/>
     <w:rsid w:val="00CF4CCE"/>
     <w:rsid w:val="00CF5A0E"/>
     <w:rsid w:val="00CF6910"/>
+    <w:rsid w:val="00CF7116"/>
     <w:rsid w:val="00CF715C"/>
     <w:rsid w:val="00CF7447"/>
     <w:rsid w:val="00CF7714"/>
     <w:rsid w:val="00D00005"/>
     <w:rsid w:val="00D009E7"/>
     <w:rsid w:val="00D00A1C"/>
     <w:rsid w:val="00D00F3F"/>
     <w:rsid w:val="00D016FC"/>
     <w:rsid w:val="00D031BC"/>
     <w:rsid w:val="00D06031"/>
     <w:rsid w:val="00D06D9D"/>
     <w:rsid w:val="00D0779D"/>
     <w:rsid w:val="00D07A20"/>
     <w:rsid w:val="00D104BA"/>
     <w:rsid w:val="00D1071A"/>
     <w:rsid w:val="00D10E0B"/>
     <w:rsid w:val="00D1188F"/>
     <w:rsid w:val="00D1303A"/>
     <w:rsid w:val="00D1518F"/>
     <w:rsid w:val="00D15B8A"/>
     <w:rsid w:val="00D17502"/>
     <w:rsid w:val="00D17A7D"/>
     <w:rsid w:val="00D2043F"/>
     <w:rsid w:val="00D22AF3"/>
     <w:rsid w:val="00D231CF"/>
     <w:rsid w:val="00D2375F"/>
     <w:rsid w:val="00D25E8A"/>
     <w:rsid w:val="00D26D68"/>
     <w:rsid w:val="00D27799"/>
     <w:rsid w:val="00D27FDF"/>
     <w:rsid w:val="00D30E0C"/>
     <w:rsid w:val="00D3203E"/>
     <w:rsid w:val="00D32454"/>
     <w:rsid w:val="00D34079"/>
     <w:rsid w:val="00D35A18"/>
     <w:rsid w:val="00D36055"/>
+    <w:rsid w:val="00D3616D"/>
     <w:rsid w:val="00D36174"/>
     <w:rsid w:val="00D45B74"/>
     <w:rsid w:val="00D473ED"/>
     <w:rsid w:val="00D52BE1"/>
     <w:rsid w:val="00D5651A"/>
     <w:rsid w:val="00D606A5"/>
     <w:rsid w:val="00D6233E"/>
     <w:rsid w:val="00D6257A"/>
     <w:rsid w:val="00D641ED"/>
     <w:rsid w:val="00D66074"/>
     <w:rsid w:val="00D70316"/>
     <w:rsid w:val="00D71217"/>
     <w:rsid w:val="00D71292"/>
     <w:rsid w:val="00D74E1C"/>
     <w:rsid w:val="00D75C36"/>
     <w:rsid w:val="00D80FC2"/>
     <w:rsid w:val="00D815CD"/>
     <w:rsid w:val="00D8383F"/>
     <w:rsid w:val="00D8385F"/>
     <w:rsid w:val="00D83910"/>
     <w:rsid w:val="00D9183B"/>
     <w:rsid w:val="00D92165"/>
     <w:rsid w:val="00D92967"/>
     <w:rsid w:val="00D93420"/>
     <w:rsid w:val="00D939C8"/>
     <w:rsid w:val="00D9429A"/>
     <w:rsid w:val="00D964F8"/>
     <w:rsid w:val="00D97BD6"/>
     <w:rsid w:val="00DA108A"/>
     <w:rsid w:val="00DA1CEF"/>
     <w:rsid w:val="00DA4B3B"/>
     <w:rsid w:val="00DA69BF"/>
     <w:rsid w:val="00DA7FC4"/>
     <w:rsid w:val="00DB08AA"/>
     <w:rsid w:val="00DB0914"/>
     <w:rsid w:val="00DB10E7"/>
     <w:rsid w:val="00DB1EC6"/>
     <w:rsid w:val="00DB3D9A"/>
     <w:rsid w:val="00DB4152"/>
     <w:rsid w:val="00DB562C"/>
     <w:rsid w:val="00DB60D4"/>
+    <w:rsid w:val="00DC02B6"/>
     <w:rsid w:val="00DC0BF8"/>
     <w:rsid w:val="00DC14E4"/>
     <w:rsid w:val="00DC2C7F"/>
     <w:rsid w:val="00DC2C83"/>
     <w:rsid w:val="00DC3743"/>
     <w:rsid w:val="00DC3EBA"/>
     <w:rsid w:val="00DC5ACC"/>
     <w:rsid w:val="00DD0E17"/>
     <w:rsid w:val="00DD197A"/>
     <w:rsid w:val="00DD1CE5"/>
     <w:rsid w:val="00DD299A"/>
     <w:rsid w:val="00DD3ABD"/>
     <w:rsid w:val="00DD3F49"/>
     <w:rsid w:val="00DD61B1"/>
     <w:rsid w:val="00DD61B9"/>
     <w:rsid w:val="00DD628A"/>
     <w:rsid w:val="00DD68CB"/>
     <w:rsid w:val="00DD7461"/>
     <w:rsid w:val="00DE10D0"/>
     <w:rsid w:val="00DE267A"/>
     <w:rsid w:val="00DE3701"/>
     <w:rsid w:val="00DE44FC"/>
     <w:rsid w:val="00DE4C40"/>
     <w:rsid w:val="00DF0922"/>
     <w:rsid w:val="00DF155E"/>
@@ -21063,50 +26113,51 @@
     <w:rsid w:val="00EF7825"/>
     <w:rsid w:val="00EF7E5A"/>
     <w:rsid w:val="00EF7FE3"/>
     <w:rsid w:val="00F03317"/>
     <w:rsid w:val="00F0424D"/>
     <w:rsid w:val="00F04806"/>
     <w:rsid w:val="00F07B0A"/>
     <w:rsid w:val="00F11972"/>
     <w:rsid w:val="00F13472"/>
     <w:rsid w:val="00F13869"/>
     <w:rsid w:val="00F146EB"/>
     <w:rsid w:val="00F14CC0"/>
     <w:rsid w:val="00F1619C"/>
     <w:rsid w:val="00F16DD6"/>
     <w:rsid w:val="00F17605"/>
     <w:rsid w:val="00F21FE6"/>
     <w:rsid w:val="00F22334"/>
     <w:rsid w:val="00F23284"/>
     <w:rsid w:val="00F240B0"/>
     <w:rsid w:val="00F2430A"/>
     <w:rsid w:val="00F24F94"/>
     <w:rsid w:val="00F25701"/>
     <w:rsid w:val="00F2647F"/>
     <w:rsid w:val="00F26BEE"/>
     <w:rsid w:val="00F27D9C"/>
+    <w:rsid w:val="00F312AB"/>
     <w:rsid w:val="00F32092"/>
     <w:rsid w:val="00F33722"/>
     <w:rsid w:val="00F33D94"/>
     <w:rsid w:val="00F34876"/>
     <w:rsid w:val="00F3545E"/>
     <w:rsid w:val="00F3716D"/>
     <w:rsid w:val="00F378A5"/>
     <w:rsid w:val="00F40826"/>
     <w:rsid w:val="00F40B34"/>
     <w:rsid w:val="00F4157A"/>
     <w:rsid w:val="00F420DE"/>
     <w:rsid w:val="00F4525B"/>
     <w:rsid w:val="00F45266"/>
     <w:rsid w:val="00F452AD"/>
     <w:rsid w:val="00F47E1F"/>
     <w:rsid w:val="00F51E70"/>
     <w:rsid w:val="00F53E07"/>
     <w:rsid w:val="00F54A3F"/>
     <w:rsid w:val="00F54CA7"/>
     <w:rsid w:val="00F570E1"/>
     <w:rsid w:val="00F6106A"/>
     <w:rsid w:val="00F61AF0"/>
     <w:rsid w:val="00F621D1"/>
     <w:rsid w:val="00F6472B"/>
     <w:rsid w:val="00F64797"/>
@@ -21915,50 +26966,67 @@
     <w:qFormat/>
     <w:rsid w:val="000120AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
     <w:basedOn w:val="a"/>
     <w:next w:val="a3"/>
     <w:qFormat/>
     <w:rsid w:val="00C82FF9"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-BY" w:eastAsia="ru-BY"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC02B6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-BY" w:eastAsia="ru-BY"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="239296274">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="361444738">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -22479,70 +27547,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA64057E-2D6E-406F-ABF0-EC762BA5054C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>9636</Characters>
+  <Pages>3</Pages>
+  <Words>648</Words>
+  <Characters>12532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Министерство образования Республики Беларусь</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10207</CharactersWithSpaces>
+  <CharactersWithSpaces>13154</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Министерство образования Республики Беларусь</dc:title>
   <dc:subject/>
   <dc:creator>CryTech</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>